--- v0 (2025-11-01)
+++ v1 (2025-12-24)
@@ -12,261 +12,202 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SZBK_Calendar_events" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="70">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Date start</t>
   </si>
   <si>
     <t>Date end</t>
   </si>
   <si>
     <t>Institute</t>
   </si>
   <si>
     <t>Event Type</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Speaker(s)</t>
   </si>
   <si>
     <t>Affiliation(s)</t>
   </si>
   <si>
-    <t>2025-09-23 10:30:00</t>
+    <t>2025-11-18 11:00:00</t>
   </si>
   <si>
     <t>Biofizikai intézet</t>
   </si>
   <si>
-    <t>work report</t>
-[...41 lines deleted...]
-    <t>2025-10-01 10:00:00</t>
+    <t>technology demo</t>
+  </si>
+  <si>
+    <t>RBL4040-M2 a "cutting edge" machine to bite thin plastic sheets</t>
+  </si>
+  <si>
+    <t>Sándor Valkai</t>
+  </si>
+  <si>
+    <t>Biomolecular Electronics Research Group, Institute of Biophysics, HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>2025-11-19 10:00:00</t>
   </si>
   <si>
     <t>Genetikai Intézet</t>
   </si>
   <si>
     <t>Genetics Seminar</t>
   </si>
   <si>
-    <t>The relevance of mammalian active transposons in cancer</t>
-[...77 lines deleted...]
-    <t>New Ph.D students in the Institute of Biophysics</t>
+    <t>To Bacteria and Beyond: Developing a Novel Method for Metagenomic Classification</t>
+  </si>
+  <si>
+    <t>Bertalan Takács</t>
+  </si>
+  <si>
+    <t>Laboratory of Mutagenesis and Carcinogenesis Research, Institute of Genetics</t>
+  </si>
+  <si>
+    <t>2025-11-25 11:00:00</t>
+  </si>
+  <si>
+    <t>expresso talks</t>
+  </si>
+  <si>
+    <t>Biophysics expresso talks (session #32)</t>
   </si>
   <si>
     <t>t.b.a.</t>
-  </si>
-[...12 lines deleted...]
-    <t>Biophysics expresso talks (session #30)</t>
   </si>
   <si>
     <t>Institute of Biophysics
 Biological Research Centre
  </t>
   </si>
   <si>
-    <t>2025-11-04 10:30:00</t>
-[...26 lines deleted...]
-    <t>2025-11-07 01:00:00</t>
+    <t>2025-11-26 10:00:00</t>
+  </si>
+  <si>
+    <t>Improving circular RNA identification through assembly and machine learning approaches</t>
+  </si>
+  <si>
+    <t>Valentin Varga</t>
+  </si>
+  <si>
+    <t>2025-12-02 10:30:00</t>
+  </si>
+  <si>
+    <t>work report</t>
+  </si>
+  <si>
+    <t>Simulation and experiments of microelectrode geometry effects on dielectrophoretic particle collection in microfluidic devices</t>
+  </si>
+  <si>
+    <t>Máté Farkas</t>
+  </si>
+  <si>
+    <t>2025-12-02 11:00:00</t>
+  </si>
+  <si>
+    <t>Inflammatory regulation of cerebral capillary functions</t>
+  </si>
+  <si>
+    <t>Tamás Dudás</t>
+  </si>
+  <si>
+    <t>Neurovascular Unit Research Group, Institute of Biophysics, HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>2025-12-10 10:00:00</t>
+  </si>
+  <si>
+    <t>From Molecules to Mechanisms: Comprehensive Metabolomics Support for HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>Roland Tengölics</t>
+  </si>
+  <si>
+    <t>HUN-REN Biological Research Centre, laboratories of Core Facilities, Metabolomics Lab</t>
+  </si>
+  <si>
+    <t>2025-12-10 11:00:00</t>
+  </si>
+  <si>
+    <t>guest talk</t>
+  </si>
+  <si>
+    <t>The link between inadequate sleep and metabolic disorders: sleep delay alters the access of metabolic signals into the hypothalamus</t>
+  </si>
+  <si>
+    <t>Gabriela Hurtado Alvarado</t>
+  </si>
+  <si>
+    <t>Departamento de Anatomía, Facultad de Medicina, Universidad Nacional Autónoma de México</t>
+  </si>
+  <si>
+    <t>2025-12-18 12:00:00</t>
+  </si>
+  <si>
+    <t>közérdekű előadás</t>
+  </si>
+  <si>
+    <t>A HUN-REN Adatrepozitórium bemutatása</t>
+  </si>
+  <si>
+    <t>Zoltán Hegedűs</t>
+  </si>
+  <si>
+    <t>HUN-REN SZBK, Központi Laboratóriumok, Bioinformatikai Csoport</t>
+  </si>
+  <si>
+    <t>2025-12-30 01:00:00</t>
   </si>
   <si>
     <t>info</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -573,51 +514,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -635,372 +576,242 @@
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-      <c r="G5"/>
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G5" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D6" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E6" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>9</v>
+        <v>28</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>19</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D8" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E9" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="G9" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F10" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
-[...12 lines deleted...]
-      <c r="A12" t="s">
         <v>50</v>
       </c>
-      <c r="B12" t="s">
-[...121 lines deleted...]
-      <c r="G17"/>
+      <c r="E11"/>
+      <c r="F11"/>
+      <c r="G11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>