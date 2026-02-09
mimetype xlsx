--- v1 (2025-12-24)
+++ v2 (2026-02-09)
@@ -12,202 +12,268 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SZBK_Calendar_events" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>Date start</t>
   </si>
   <si>
     <t>Date end</t>
   </si>
   <si>
     <t>Institute</t>
   </si>
   <si>
     <t>Event Type</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Speaker(s)</t>
   </si>
   <si>
     <t>Affiliation(s)</t>
   </si>
   <si>
-    <t>2025-11-18 11:00:00</t>
+    <t>2026-01-14 09:30:00</t>
+  </si>
+  <si>
+    <t>Genetikai Intézet</t>
+  </si>
+  <si>
+    <t>Seminar</t>
+  </si>
+  <si>
+    <t>Characterization of i-motif-binding proteins</t>
+  </si>
+  <si>
+    <t>Dzsenifer Török</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Laboratory of Replication and Genome Stability</t>
+  </si>
+  <si>
+    <t>2026-01-14 10:00:00</t>
+  </si>
+  <si>
+    <t>Characterization of a novel gene involved in lysophagy in the fruit fly</t>
+  </si>
+  <si>
+    <t>Dániel Dénes</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Lysosomal Degradation Research Group</t>
+  </si>
+  <si>
+    <t>2026-01-14 02:30:00</t>
   </si>
   <si>
     <t>Biofizikai intézet</t>
   </si>
   <si>
-    <t>technology demo</t>
-[...29 lines deleted...]
-    <t>2025-11-25 11:00:00</t>
+    <t>PhD védés</t>
+  </si>
+  <si>
+    <t>PhD értekezés nyilvános vitája</t>
+  </si>
+  <si>
+    <t>Polgár Tamás Ferenc</t>
+  </si>
+  <si>
+    <t>HUN-REN Szegedi Biológiai Kutatóközpont
+Központi Laboratóriumok</t>
+  </si>
+  <si>
+    <t>2026-01-20 10:00:00</t>
   </si>
   <si>
     <t>expresso talks</t>
   </si>
   <si>
-    <t>Biophysics expresso talks (session #32)</t>
+    <t>Biophysics expresso talks (session #30)</t>
   </si>
   <si>
     <t>t.b.a.</t>
   </si>
   <si>
     <t>Institute of Biophysics
 Biological Research Centre
  </t>
   </si>
   <si>
-    <t>2025-11-26 10:00:00</t>
-[...8 lines deleted...]
-    <t>2025-12-02 10:30:00</t>
+    <t>2026-01-21 09:30:00</t>
+  </si>
+  <si>
+    <t>Towards understanding the role of PARP16 through the identification of its interacting proteins</t>
+  </si>
+  <si>
+    <t>Rebeka Vásárhelyi</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, DNA Damage and Nuclear Dynamics Research Group</t>
+  </si>
+  <si>
+    <t>2026-01-21 10:00:00</t>
+  </si>
+  <si>
+    <t>Modeling the exencephalic phenotype of Rybp+/- mice in vitro using mouse embryonic stem cells</t>
+  </si>
+  <si>
+    <t>Aynura Seytjanova</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Laboratory of Embryonic and Induced Pluripotent Stem Cells</t>
+  </si>
+  <si>
+    <t>2026-01-27 09:30:00</t>
   </si>
   <si>
     <t>work report</t>
   </si>
   <si>
-    <t>Simulation and experiments of microelectrode geometry effects on dielectrophoretic particle collection in microfluidic devices</t>
-[...17 lines deleted...]
-    <t>2025-12-10 10:00:00</t>
+    <t>Effects of imaging contrast agents on the blood-brain barrier after oxygen and glucose deprivation</t>
+  </si>
+  <si>
+    <t>Judit Vigh</t>
+  </si>
+  <si>
+    <t>Biological Barriers Research Group, Institute of Biophysics, HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>2026-01-27 10:00:00</t>
+  </si>
+  <si>
+    <t>Targeted entry of macromolecules into the cells of epithelial and endothelial biological barriers</t>
+  </si>
+  <si>
+    <t>Ilona Gróf</t>
+  </si>
+  <si>
+    <t>2026-02-03 10:00:00</t>
+  </si>
+  <si>
+    <t>guest talk</t>
   </si>
   <si>
     <t>From Molecules to Mechanisms: Comprehensive Metabolomics Support for HUN-REN BRC</t>
   </si>
   <si>
     <t>Roland Tengölics</t>
   </si>
   <si>
-    <t>HUN-REN Biological Research Centre, laboratories of Core Facilities, Metabolomics Lab</t>
-[...32 lines deleted...]
-    <t>2025-12-30 01:00:00</t>
+    <t>Metabolomics Laboratory, Core Facility, HUN-REN Biological Research Centre</t>
+  </si>
+  <si>
+    <t>2026-02-04 09:30:00</t>
+  </si>
+  <si>
+    <t>Transposon silencing on two fronts:  analysis of the Small ovary (Sov) protein in Drosophila</t>
+  </si>
+  <si>
+    <t>Zsuzsanna Földi</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Laboratory of Drosophila Germ Cell Differentiation</t>
+  </si>
+  <si>
+    <t>2026-02-04 10:00:00</t>
+  </si>
+  <si>
+    <t>Biochemical and biophysical characterization of human lysosomes</t>
+  </si>
+  <si>
+    <t>Daniela Evdokimova</t>
+  </si>
+  <si>
+    <t>2026-02-05 04:00:00</t>
+  </si>
+  <si>
+    <t>seminar series</t>
+  </si>
+  <si>
+    <t>Young Researchers' Seminar</t>
+  </si>
+  <si>
+    <t>2026-02-10 10:00:00</t>
+  </si>
+  <si>
+    <t>free talk</t>
+  </si>
+  <si>
+    <t>The Cairo connection</t>
+  </si>
+  <si>
+    <t>Tibor Páli</t>
+  </si>
+  <si>
+    <t>Molecular Biophysics Research Group
+Institute of Biophysics
+Biological Research Centre</t>
+  </si>
+  <si>
+    <t>2026-02-11 09:30:00</t>
+  </si>
+  <si>
+    <t>Unravelling the mechanism of efferocytosis in Drosophila</t>
+  </si>
+  <si>
+    <t>Lilla Péter</t>
+  </si>
+  <si>
+    <t>2026-02-11 10:00:00</t>
+  </si>
+  <si>
+    <t>The functional interaction between MGS1 and PIF1 in Yeast</t>
+  </si>
+  <si>
+    <t>Sara Afzali</t>
+  </si>
+  <si>
+    <t>2026-02-13 01:00:00</t>
   </si>
   <si>
     <t>info</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -514,51 +580,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G11"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -576,242 +642,376 @@
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
+      <c r="E3" t="s">
         <v>14</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
         <v>15</v>
       </c>
-      <c r="E3" t="s">
+      <c r="G3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>17</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E5" t="s">
         <v>25</v>
       </c>
       <c r="F5" t="s">
         <v>26</v>
       </c>
       <c r="G5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
         <v>8</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="E7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
+        <v>37</v>
+      </c>
+      <c r="E9" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" t="s">
+        <v>43</v>
+      </c>
+      <c r="G9" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>44</v>
       </c>
       <c r="B10" t="s">
         <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>45</v>
       </c>
       <c r="E10" t="s">
         <v>46</v>
       </c>
       <c r="F10" t="s">
         <v>47</v>
       </c>
       <c r="G10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>49</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" t="s">
         <v>50</v>
       </c>
-      <c r="E11"/>
-[...1 lines deleted...]
-      <c r="G11"/>
+      <c r="F11" t="s">
+        <v>51</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:7">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" t="s">
+        <v>8</v>
+      </c>
+      <c r="D12" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7">
+      <c r="A13" t="s">
+        <v>56</v>
+      </c>
+      <c r="B13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>57</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13"/>
+      <c r="G13"/>
+    </row>
+    <row r="14" spans="1:7">
+      <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>62</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>8</v>
+      </c>
+      <c r="D15" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" t="s">
+        <v>66</v>
+      </c>
+      <c r="G15" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="16" spans="1:7">
+      <c r="A16" t="s">
+        <v>67</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>8</v>
+      </c>
+      <c r="D16" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" t="s">
+        <v>69</v>
+      </c>
+      <c r="G16" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>71</v>
+      </c>
+      <c r="E17"/>
+      <c r="F17"/>
+      <c r="G17"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>