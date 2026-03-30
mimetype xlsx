--- v2 (2026-02-09)
+++ v3 (2026-03-30)
@@ -12,271 +12,257 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="SZBK_Calendar_events" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Date start</t>
   </si>
   <si>
     <t>Date end</t>
   </si>
   <si>
     <t>Institute</t>
   </si>
   <si>
     <t>Event Type</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Speaker(s)</t>
   </si>
   <si>
     <t>Affiliation(s)</t>
   </si>
   <si>
-    <t>2026-01-14 09:30:00</t>
+    <t>2026-02-20 12:00:00</t>
+  </si>
+  <si>
+    <t>Biofizikai intézet</t>
+  </si>
+  <si>
+    <t>conference</t>
+  </si>
+  <si>
+    <t>Advanced Light Microscopy Workshop</t>
+  </si>
+  <si>
+    <t>see speakers in the detailed programme</t>
+  </si>
+  <si>
+    <t>2026-02-24 10:00:00</t>
+  </si>
+  <si>
+    <t>work report</t>
+  </si>
+  <si>
+    <t>Work report</t>
+  </si>
+  <si>
+    <t>Teruaki Koto</t>
+  </si>
+  <si>
+    <t>Molecular Biophysics Research Group, Institute of Biophysics, HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>2026-03-03 10:00:00</t>
+  </si>
+  <si>
+    <t>Fluorescence spectroscopy studies in the Molecular Biophysics Research Group</t>
+  </si>
+  <si>
+    <t>Krisztina Sebőkné Nagy</t>
+  </si>
+  <si>
+    <t>2026-03-04 09:30:00</t>
   </si>
   <si>
     <t>Genetikai Intézet</t>
   </si>
   <si>
     <t>Seminar</t>
   </si>
   <si>
-    <t>Characterization of i-motif-binding proteins</t>
-[...23 lines deleted...]
-    <t>Biofizikai intézet</t>
+    <t>The role of the PDGF pathway in the hematopoiesis of Drosophila melanogaster</t>
+  </si>
+  <si>
+    <t>Dóra Balogh</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Drosophila Blood Cell Differentiation Group</t>
+  </si>
+  <si>
+    <t>2026-03-09 04:00:00</t>
+  </si>
+  <si>
+    <t>seminar series</t>
+  </si>
+  <si>
+    <t>Young Career Path seminar series – 2nd event</t>
+  </si>
+  <si>
+    <t>2026-03-11 10:00:00</t>
+  </si>
+  <si>
+    <t>STAT6 priming shapes context-dependent transcriptional responses in macrophages</t>
+  </si>
+  <si>
+    <t>Edina Erdős</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Laboratory of Macrophage Polarization</t>
+  </si>
+  <si>
+    <t>2026-03-11 01:00:00</t>
   </si>
   <si>
     <t>PhD védés</t>
   </si>
   <si>
     <t>PhD értekezés nyilvános vitája</t>
   </si>
   <si>
-    <t>Polgár Tamás Ferenc</t>
+    <t>Győri Fanni</t>
   </si>
   <si>
     <t>HUN-REN Szegedi Biológiai Kutatóközpont
-Központi Laboratóriumok</t>
-[...2 lines deleted...]
-    <t>2026-01-20 10:00:00</t>
+Neurovaszkuláris Egység Kutatócsoport</t>
+  </si>
+  <si>
+    <t>2026-03-17 10:00:00</t>
   </si>
   <si>
     <t>expresso talks</t>
   </si>
   <si>
-    <t>Biophysics expresso talks (session #30)</t>
+    <t>Biophysics expresso talks (session #38)</t>
   </si>
   <si>
     <t>t.b.a.</t>
   </si>
   <si>
     <t>Institute of Biophysics
 Biological Research Centre
  </t>
   </si>
   <si>
-    <t>2026-01-21 09:30:00</t>
-[...5 lines deleted...]
-    <t>Rebeka Vásárhelyi</t>
+    <t>2026-03-24 10:30:00</t>
+  </si>
+  <si>
+    <t>guest talk</t>
+  </si>
+  <si>
+    <t>Unravelling biological mechanisms in real time: Single-molecule insights with the LUMICKS C-Trap</t>
+  </si>
+  <si>
+    <t>Tomas Soolsma</t>
+  </si>
+  <si>
+    <t>LUMICKS HQ, Amsterdam, The Netherlands</t>
+  </si>
+  <si>
+    <t>2026-03-25 09:30:00</t>
+  </si>
+  <si>
+    <t>Closing Replication Gaps: Gap Removal as a Biomarker of PARP Inhibitor Resistance</t>
+  </si>
+  <si>
+    <t>Mónika Mórocz</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Mutagenesis and Carcinogenesis Research Group</t>
+  </si>
+  <si>
+    <t>2026-03-25 10:00:00</t>
+  </si>
+  <si>
+    <t>Hyperosmotic stress induces PARP1-mediated HPF1-dependent mono(ADP-ribosyl)ation</t>
+  </si>
+  <si>
+    <t>Ágnes Czibula</t>
   </si>
   <si>
     <t>Institute of Genetics, DNA Damage and Nuclear Dynamics Research Group</t>
   </si>
   <si>
-    <t>2026-01-21 10:00:00</t>
-[...118 lines deleted...]
-    <t>info</t>
+    <t>2026-03-27 06:30:00</t>
+  </si>
+  <si>
+    <t>8th Mini-Symposium On The Blood-Brain Barrier</t>
+  </si>
+  <si>
+    <t>2026-03-31 10:00:00</t>
+  </si>
+  <si>
+    <t>Injury and regeneration in the neurovascular unit</t>
+  </si>
+  <si>
+    <t>Elek Attila Farkas</t>
+  </si>
+  <si>
+    <t>Neurovascular Unit Research Group, Institute of Biophysics, HUN-REN BRC</t>
+  </si>
+  <si>
+    <t>2026-04-01 10:00:00</t>
+  </si>
+  <si>
+    <t>From endosomes to lysosomes: mechanisms uncovered in Drosophila</t>
+  </si>
+  <si>
+    <t>Péter Lőrincz</t>
+  </si>
+  <si>
+    <t>Institute of Genetics, Intracellular Transport &amp; Cytoskeleton Research Group</t>
+  </si>
+  <si>
+    <t>2026-04-03 01:00:00</t>
+  </si>
+  <si>
+    <t>info (phantom event)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -580,438 +566,411 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G17"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>7</v>
       </c>
       <c r="C2" t="s">
         <v>8</v>
       </c>
       <c r="D2" t="s">
         <v>9</v>
       </c>
       <c r="E2" t="s">
         <v>10</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
-      <c r="G2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G2"/>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>18</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>19</v>
       </c>
-      <c r="E4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C5" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
+      </c>
+      <c r="E5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
-[...5 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C6" t="s">
         <v>8</v>
       </c>
       <c r="D6" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      </c>
+        <v>28</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" t="s">
+        <v>21</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
         <v>32</v>
-      </c>
-[...16 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" t="s">
+        <v>33</v>
+      </c>
+      <c r="C8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E8" t="s">
+        <v>35</v>
+      </c>
+      <c r="F8" t="s">
         <v>36</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="G8" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
         <v>41</v>
       </c>
-      <c r="B9" t="s">
-[...8 lines deleted...]
-      <c r="E9" t="s">
+      <c r="G9" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
-[...5 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>45</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
         <v>46</v>
       </c>
-      <c r="F10" t="s">
+      <c r="G10" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>48</v>
+      </c>
+      <c r="B11" t="s">
+        <v>48</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>22</v>
+      </c>
+      <c r="E11" t="s">
         <v>49</v>
       </c>
-      <c r="B11" t="s">
-[...8 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
         <v>50</v>
       </c>
-      <c r="F11" t="s">
+      <c r="G11" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>52</v>
+      </c>
+      <c r="B12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" t="s">
+        <v>22</v>
+      </c>
+      <c r="E12" t="s">
         <v>53</v>
       </c>
-      <c r="B12" t="s">
-[...8 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
         <v>54</v>
       </c>
-      <c r="F12" t="s">
+      <c r="G12" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>56</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D13" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" t="s">
         <v>57</v>
       </c>
-      <c r="E13" t="s">
-[...2 lines deleted...]
-      <c r="F13"/>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
       <c r="G13"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
+        <v>8</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
-[...5 lines deleted...]
-      <c r="D14" t="s">
+      <c r="F14" t="s">
         <v>60</v>
       </c>
-      <c r="E14" t="s">
+      <c r="G14" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" t="s">
+        <v>63</v>
+      </c>
+      <c r="F15" t="s">
         <v>64</v>
       </c>
-      <c r="B15" t="s">
-[...8 lines deleted...]
-      <c r="E15" t="s">
+      <c r="G15" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" t="s">
-        <v>9</v>
-[...26 lines deleted...]
-      <c r="G17"/>
+        <v>67</v>
+      </c>
+      <c r="E16"/>
+      <c r="F16"/>
+      <c r="G16"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>